--- v0 (2025-12-31)
+++ v1 (2026-03-08)
@@ -62,189 +62,189 @@
   <si>
     <t>P. VENTA UNITARIO S/</t>
   </si>
   <si>
     <t>P. COMPRA S/</t>
   </si>
   <si>
     <t>UTILIDAD S/</t>
   </si>
   <si>
     <t>VENCIMIENTO</t>
   </si>
   <si>
     <t>TIPO</t>
   </si>
   <si>
     <t>STOCK</t>
   </si>
   <si>
     <t>STOCK VALORIZADO</t>
   </si>
   <si>
     <t>UBICACION</t>
   </si>
   <si>
+    <t>PANEL HIELO 50W LUZ DIA - CUBULL</t>
+  </si>
+  <si>
+    <t>Unidad</t>
+  </si>
+  <si>
+    <t>AFECTO</t>
+  </si>
+  <si>
+    <t>Generico</t>
+  </si>
+  <si>
+    <t>AGOTADO</t>
+  </si>
+  <si>
+    <t>TIENDA PRINCIPAL (AV. ANTONIO RAYMONDI NRO. 186 SATIPO - SATIPO - JUNÃN)</t>
+  </si>
+  <si>
+    <t>SOCKET OVAL-  BTICINO ECONOMICO</t>
+  </si>
+  <si>
+    <t>EXONERADO</t>
+  </si>
+  <si>
+    <t>BOTELLA 19W  LUZ DIA - KING</t>
+  </si>
+  <si>
+    <t>BOMBILLO 20W LUZ DIA - FSL</t>
+  </si>
+  <si>
+    <t>UFO 50W LUZ DIA - MACROLED</t>
+  </si>
+  <si>
+    <t>SPACK PERNO</t>
+  </si>
+  <si>
+    <t>BOTELLA  30W LUZ DIA - MACROLED</t>
+  </si>
+  <si>
+    <t>APLIQUE MARTE - LUMINKA</t>
+  </si>
+  <si>
+    <t>TERMICO 16A - CHINT</t>
+  </si>
+  <si>
+    <t>CONTACTOR DE 32A - CHINT</t>
+  </si>
+  <si>
+    <t>SENSOR BOTELLA 30W LUZ DIA - WAILEC</t>
+  </si>
+  <si>
     <t>BORNERA 10A</t>
   </si>
   <si>
-    <t>Unidad</t>
-[...11 lines deleted...]
-    <t>TIENDA PRINCIPAL (AV. ANTONIO RAYMONDI NRO. 186 SATIPO - SATIPO - JUNÃN)</t>
+    <t>RELE REGULABLE 17-25A - CHINT</t>
+  </si>
+  <si>
+    <t>PANEL INSERT 18W LUZ DIA - FSL</t>
   </si>
   <si>
     <t>PRESOSTOPA PARA CORRUGADO 3/4</t>
   </si>
   <si>
+    <t>BOTELLA 20W LUZ DIA - MACROLED</t>
+  </si>
+  <si>
+    <t>PANEL INSERT 18W - MACROLED</t>
+  </si>
+  <si>
     <t>TUCO CORRUGADO 3/4</t>
   </si>
   <si>
     <t>TUBO NICOL 3/4 - NICOL</t>
   </si>
   <si>
+    <t>BOTELLA 30W LUZ DIA - KING</t>
+  </si>
+  <si>
+    <t>REFLECTOR 150W - KING</t>
+  </si>
+  <si>
     <t>TARUGO VERDE</t>
   </si>
   <si>
+    <t>NACARADO G125 LUZ CALIDA - HOMEDA</t>
+  </si>
+  <si>
+    <t>REFLEXTOR 200W - KING</t>
+  </si>
+  <si>
+    <t>TERMICO 20A - CHINT</t>
+  </si>
+  <si>
     <t>CINTA AISLANTE 10 METROS - INTECK</t>
   </si>
   <si>
+    <t>CABLE N12 INDECO</t>
+  </si>
+  <si>
+    <t>INTERRUPTOR SAPITO - OPALUX</t>
+  </si>
+  <si>
+    <t>OCTAGONAL - NICOL</t>
+  </si>
+  <si>
     <t>MICA 80W LUZ DIA - KING</t>
   </si>
   <si>
-    <t>BOTELLA  30W LUZ DIA - MACROLED</t>
+    <t>TOMACORRIENTE TRIPLE- BTICINO ORIGINAL</t>
+  </si>
+  <si>
+    <t>TAPA CIEGA</t>
   </si>
   <si>
     <t>GIRNALDA + 20 FOCOS</t>
   </si>
   <si>
-    <t>TERMICO 16A - CHINT</t>
+    <t>ABRAZADERA 3/4</t>
   </si>
   <si>
     <t>DICROICO SMART - MACROLED</t>
   </si>
   <si>
-    <t>SOCKET OVAL-  BTICINO ECONOMICO</t>
-[...8 lines deleted...]
-    <t>PANEL INSERT 18W LUZ DIA - FSL</t>
+    <t>PERNO LENTEJA</t>
   </si>
   <si>
     <t>BORNERA BLANCO</t>
   </si>
   <si>
-    <t>BOMBILLO 20W LUZ DIA - FSL</t>
-[...4 lines deleted...]
-  <si>
     <t>SOCKET COLGANTE - EPEM</t>
   </si>
   <si>
+    <t>PERNO PARA CALAMINA</t>
+  </si>
+  <si>
     <t>SOCKET GU10</t>
   </si>
   <si>
-    <t>UFO 50W LUZ DIA - MACROLED</t>
-[...55 lines deleted...]
-  <si>
     <t>CURVAS 3/4- NICOL</t>
-  </si>
-[...4 lines deleted...]
-    <t>TOMACORRIENTE TRIPLE- BTICINO ORIGINAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -735,1617 +735,1617 @@
       </c>
       <c r="N2" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O2" s="4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="5">
         <v>1</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>16</v>
       </c>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F3" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G3" s="6"/>
       <c r="H3" s="6">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="I3" s="6">
         <v>0</v>
       </c>
       <c r="J3" s="6">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="K3" s="5"/>
       <c r="L3" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M3" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N3" s="6">
         <v>0</v>
       </c>
       <c r="O3" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="5">
         <v>2</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>22</v>
       </c>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
       <c r="E4" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G4" s="6"/>
       <c r="H4" s="6">
-        <v>2.5</v>
+        <v>4</v>
       </c>
       <c r="I4" s="6">
         <v>0</v>
       </c>
       <c r="J4" s="6">
-        <v>2.5</v>
+        <v>4</v>
       </c>
       <c r="K4" s="5"/>
       <c r="L4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M4" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N4" s="6">
         <v>0</v>
       </c>
       <c r="O4" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="5">
         <v>3</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="6">
-        <v>1.5</v>
+        <v>5</v>
       </c>
       <c r="I5" s="6">
         <v>0</v>
       </c>
       <c r="J5" s="6">
-        <v>1.5</v>
+        <v>5</v>
       </c>
       <c r="K5" s="5"/>
       <c r="L5" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M5" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N5" s="6">
         <v>0</v>
       </c>
       <c r="O5" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="5">
         <v>4</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G6" s="6"/>
       <c r="H6" s="6">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I6" s="6">
         <v>0</v>
       </c>
       <c r="J6" s="6">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="K6" s="5"/>
       <c r="L6" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N6" s="6">
         <v>0</v>
       </c>
       <c r="O6" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="5">
         <v>5</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C7" s="5"/>
       <c r="D7" s="5"/>
       <c r="E7" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F7" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G7" s="6"/>
       <c r="H7" s="6">
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="I7" s="6">
         <v>0</v>
       </c>
       <c r="J7" s="6">
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="K7" s="5"/>
       <c r="L7" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N7" s="6">
         <v>0</v>
       </c>
       <c r="O7" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="5">
         <v>6</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C8" s="5"/>
       <c r="D8" s="5"/>
       <c r="E8" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F8" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G8" s="6"/>
       <c r="H8" s="6">
-        <v>2.5</v>
+        <v>0.1</v>
       </c>
       <c r="I8" s="6">
         <v>0</v>
       </c>
       <c r="J8" s="6">
-        <v>2.5</v>
+        <v>0.1</v>
       </c>
       <c r="K8" s="5"/>
       <c r="L8" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N8" s="6">
         <v>0</v>
       </c>
       <c r="O8" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="5">
         <v>7</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C9" s="5"/>
       <c r="D9" s="5"/>
       <c r="E9" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G9" s="6"/>
       <c r="H9" s="6">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="I9" s="6">
         <v>0</v>
       </c>
       <c r="J9" s="6">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="K9" s="5"/>
       <c r="L9" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N9" s="6">
         <v>0</v>
       </c>
       <c r="O9" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="5">
         <v>8</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C10" s="5"/>
       <c r="D10" s="5"/>
       <c r="E10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F10" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G10" s="6"/>
       <c r="H10" s="6">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="I10" s="6">
         <v>0</v>
       </c>
       <c r="J10" s="6">
-        <v>13</v>
+        <v>44.5</v>
       </c>
       <c r="K10" s="5"/>
       <c r="L10" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M10" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N10" s="6">
         <v>0</v>
       </c>
       <c r="O10" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="5">
         <v>9</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G11" s="6"/>
       <c r="H11" s="6">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="I11" s="6">
         <v>0</v>
       </c>
       <c r="J11" s="6">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="K11" s="5"/>
       <c r="L11" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N11" s="6">
         <v>0</v>
       </c>
       <c r="O11" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="5">
         <v>10</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C12" s="5"/>
       <c r="D12" s="5"/>
       <c r="E12" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G12" s="6"/>
       <c r="H12" s="6">
-        <v>20</v>
+        <v>94</v>
       </c>
       <c r="I12" s="6">
         <v>0</v>
       </c>
       <c r="J12" s="6">
-        <v>20</v>
+        <v>94</v>
       </c>
       <c r="K12" s="5"/>
       <c r="L12" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N12" s="6">
         <v>0</v>
       </c>
       <c r="O12" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="5">
         <v>11</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C13" s="5"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F13" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G13" s="6"/>
       <c r="H13" s="6">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="I13" s="6">
         <v>0</v>
       </c>
       <c r="J13" s="6">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="K13" s="5"/>
       <c r="L13" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M13" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N13" s="6">
         <v>0</v>
       </c>
       <c r="O13" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="5">
         <v>12</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14" s="5"/>
       <c r="D14" s="5"/>
       <c r="E14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F14" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G14" s="6"/>
       <c r="H14" s="6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I14" s="6">
         <v>0</v>
       </c>
       <c r="J14" s="6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K14" s="5"/>
       <c r="L14" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M14" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N14" s="6">
         <v>0</v>
       </c>
       <c r="O14" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="5">
         <v>13</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F15" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G15" s="6"/>
       <c r="H15" s="6">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="I15" s="6">
         <v>0</v>
       </c>
       <c r="J15" s="6">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="K15" s="5"/>
       <c r="L15" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N15" s="6">
         <v>0</v>
       </c>
       <c r="O15" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16" s="5">
         <v>14</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="5"/>
       <c r="E16" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F16" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G16" s="6"/>
       <c r="H16" s="6">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="I16" s="6">
         <v>0</v>
       </c>
       <c r="J16" s="6">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="K16" s="5"/>
       <c r="L16" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M16" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N16" s="6">
         <v>0</v>
       </c>
       <c r="O16" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17" s="5">
         <v>15</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F17" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G17" s="6"/>
       <c r="H17" s="6">
-        <v>21</v>
+        <v>2.5</v>
       </c>
       <c r="I17" s="6">
         <v>0</v>
       </c>
       <c r="J17" s="6">
-        <v>21</v>
+        <v>2.5</v>
       </c>
       <c r="K17" s="5"/>
       <c r="L17" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M17" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N17" s="6">
         <v>0</v>
       </c>
       <c r="O17" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18" s="5">
         <v>16</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C18" s="5"/>
       <c r="D18" s="5"/>
       <c r="E18" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F18" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G18" s="6"/>
       <c r="H18" s="6">
-        <v>0.5</v>
+        <v>9</v>
       </c>
       <c r="I18" s="6">
         <v>0</v>
       </c>
       <c r="J18" s="6">
-        <v>0.5</v>
+        <v>9</v>
       </c>
       <c r="K18" s="5"/>
       <c r="L18" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M18" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N18" s="6">
         <v>0</v>
       </c>
       <c r="O18" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19" s="5">
         <v>17</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
       <c r="E19" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F19" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G19" s="6"/>
       <c r="H19" s="6">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="I19" s="6">
         <v>0</v>
       </c>
       <c r="J19" s="6">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="K19" s="5"/>
       <c r="L19" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M19" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N19" s="6">
         <v>0</v>
       </c>
       <c r="O19" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" s="5">
         <v>18</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C20" s="5"/>
       <c r="D20" s="5"/>
       <c r="E20" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F20" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G20" s="6"/>
       <c r="H20" s="6">
-        <v>19</v>
+        <v>1.5</v>
       </c>
       <c r="I20" s="6">
         <v>0</v>
       </c>
       <c r="J20" s="6">
-        <v>19</v>
+        <v>1.5</v>
       </c>
       <c r="K20" s="5"/>
       <c r="L20" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N20" s="6">
         <v>0</v>
       </c>
       <c r="O20" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" s="5">
         <v>19</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F21" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G21" s="6"/>
       <c r="H21" s="6">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I21" s="6">
         <v>0</v>
       </c>
       <c r="J21" s="6">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K21" s="5"/>
       <c r="L21" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M21" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N21" s="6">
         <v>0</v>
       </c>
       <c r="O21" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" s="5">
         <v>20</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C22" s="5"/>
       <c r="D22" s="5"/>
       <c r="E22" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F22" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G22" s="6"/>
       <c r="H22" s="6">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="I22" s="6">
         <v>0</v>
       </c>
       <c r="J22" s="6">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="K22" s="5"/>
       <c r="L22" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M22" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N22" s="6">
         <v>0</v>
       </c>
       <c r="O22" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" s="5">
         <v>21</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C23" s="5"/>
       <c r="D23" s="5"/>
       <c r="E23" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F23" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G23" s="6"/>
       <c r="H23" s="6">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="I23" s="6">
         <v>0</v>
       </c>
       <c r="J23" s="6">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="K23" s="5"/>
       <c r="L23" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M23" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N23" s="6">
         <v>0</v>
       </c>
       <c r="O23" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" s="5">
         <v>22</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C24" s="5"/>
       <c r="D24" s="5"/>
       <c r="E24" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F24" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G24" s="6"/>
       <c r="H24" s="6">
-        <v>75</v>
+        <v>4</v>
       </c>
       <c r="I24" s="6">
         <v>0</v>
       </c>
       <c r="J24" s="6">
-        <v>70</v>
+        <v>4</v>
       </c>
       <c r="K24" s="5"/>
       <c r="L24" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M24" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N24" s="6">
         <v>0</v>
       </c>
       <c r="O24" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" s="5">
         <v>23</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C25" s="5"/>
       <c r="D25" s="5"/>
       <c r="E25" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F25" s="5" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="G25" s="6"/>
       <c r="H25" s="6">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="I25" s="6">
         <v>0</v>
       </c>
       <c r="J25" s="6">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="K25" s="5"/>
       <c r="L25" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M25" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N25" s="6">
         <v>0</v>
       </c>
       <c r="O25" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" s="5">
         <v>24</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>45</v>
       </c>
       <c r="C26" s="5"/>
       <c r="D26" s="5"/>
       <c r="E26" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F26" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G26" s="6"/>
       <c r="H26" s="6">
-        <v>0.1</v>
+        <v>80</v>
       </c>
       <c r="I26" s="6">
         <v>0</v>
       </c>
       <c r="J26" s="6">
-        <v>0.1</v>
+        <v>80</v>
       </c>
       <c r="K26" s="5"/>
       <c r="L26" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M26" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N26" s="6">
         <v>0</v>
       </c>
       <c r="O26" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" s="5">
         <v>25</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>46</v>
       </c>
       <c r="C27" s="5"/>
       <c r="D27" s="5"/>
       <c r="E27" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F27" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G27" s="6"/>
       <c r="H27" s="6">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="I27" s="6">
         <v>0</v>
       </c>
       <c r="J27" s="6">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="K27" s="5"/>
       <c r="L27" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M27" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N27" s="6">
         <v>0</v>
       </c>
       <c r="O27" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" s="5">
         <v>26</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>47</v>
       </c>
       <c r="C28" s="5"/>
       <c r="D28" s="5"/>
       <c r="E28" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F28" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G28" s="6"/>
       <c r="H28" s="6">
-        <v>47</v>
+        <v>2.5</v>
       </c>
       <c r="I28" s="6">
         <v>0</v>
       </c>
       <c r="J28" s="6">
-        <v>44.5</v>
+        <v>2.5</v>
       </c>
       <c r="K28" s="5"/>
       <c r="L28" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M28" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N28" s="6">
         <v>0</v>
       </c>
       <c r="O28" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" s="5">
         <v>27</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>48</v>
       </c>
       <c r="C29" s="5"/>
       <c r="D29" s="5"/>
       <c r="E29" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F29" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G29" s="6"/>
       <c r="H29" s="6">
-        <v>20</v>
+        <v>2.8</v>
       </c>
       <c r="I29" s="6">
         <v>0</v>
       </c>
       <c r="J29" s="6">
-        <v>20</v>
+        <v>2.8</v>
       </c>
       <c r="K29" s="5"/>
       <c r="L29" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M29" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N29" s="6">
         <v>0</v>
       </c>
       <c r="O29" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" s="5">
         <v>28</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>49</v>
       </c>
       <c r="C30" s="5"/>
       <c r="D30" s="5"/>
       <c r="E30" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G30" s="6"/>
       <c r="H30" s="6">
-        <v>94</v>
+        <v>3</v>
       </c>
       <c r="I30" s="6">
         <v>0</v>
       </c>
       <c r="J30" s="6">
-        <v>94</v>
+        <v>3</v>
       </c>
       <c r="K30" s="5"/>
       <c r="L30" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M30" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N30" s="6">
         <v>0</v>
       </c>
       <c r="O30" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" s="5">
         <v>29</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>50</v>
       </c>
       <c r="C31" s="5"/>
       <c r="D31" s="5"/>
       <c r="E31" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F31" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G31" s="6"/>
       <c r="H31" s="6">
         <v>2.5</v>
       </c>
       <c r="I31" s="6">
         <v>0</v>
       </c>
       <c r="J31" s="6">
         <v>2.5</v>
       </c>
       <c r="K31" s="5"/>
       <c r="L31" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M31" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N31" s="6">
         <v>0</v>
       </c>
       <c r="O31" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" s="5">
         <v>30</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>51</v>
       </c>
       <c r="C32" s="5"/>
       <c r="D32" s="5"/>
       <c r="E32" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F32" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G32" s="6"/>
       <c r="H32" s="6">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="I32" s="6">
         <v>0</v>
       </c>
       <c r="J32" s="6">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="K32" s="5"/>
       <c r="L32" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M32" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N32" s="6">
         <v>0</v>
       </c>
       <c r="O32" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" s="5">
         <v>31</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>52</v>
       </c>
       <c r="C33" s="5"/>
       <c r="D33" s="5"/>
       <c r="E33" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F33" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G33" s="6"/>
       <c r="H33" s="6">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I33" s="6">
         <v>0</v>
       </c>
       <c r="J33" s="6">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="K33" s="5"/>
       <c r="L33" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M33" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N33" s="6">
         <v>0</v>
       </c>
       <c r="O33" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" s="5">
         <v>32</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>53</v>
       </c>
       <c r="C34" s="5"/>
       <c r="D34" s="5"/>
       <c r="E34" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F34" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G34" s="6"/>
       <c r="H34" s="6">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="I34" s="6">
         <v>0</v>
       </c>
       <c r="J34" s="6">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="K34" s="5"/>
       <c r="L34" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M34" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N34" s="6">
         <v>0</v>
       </c>
       <c r="O34" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" s="5">
         <v>33</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>54</v>
       </c>
       <c r="C35" s="5"/>
       <c r="D35" s="5"/>
       <c r="E35" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F35" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G35" s="6"/>
       <c r="H35" s="6">
-        <v>14</v>
+        <v>85</v>
       </c>
       <c r="I35" s="6">
         <v>0</v>
       </c>
       <c r="J35" s="6">
-        <v>14</v>
+        <v>88</v>
       </c>
       <c r="K35" s="5"/>
       <c r="L35" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M35" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N35" s="6">
         <v>0</v>
       </c>
       <c r="O35" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" s="5">
         <v>34</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>55</v>
       </c>
       <c r="C36" s="5"/>
       <c r="D36" s="5"/>
       <c r="E36" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F36" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G36" s="6"/>
       <c r="H36" s="6">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="I36" s="6">
         <v>0</v>
       </c>
       <c r="J36" s="6">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="K36" s="5"/>
       <c r="L36" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M36" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N36" s="6">
         <v>0</v>
       </c>
       <c r="O36" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" s="5">
         <v>35</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>56</v>
       </c>
       <c r="C37" s="5"/>
       <c r="D37" s="5"/>
       <c r="E37" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F37" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G37" s="6"/>
       <c r="H37" s="6">
-        <v>7</v>
+        <v>38</v>
       </c>
       <c r="I37" s="6">
         <v>0</v>
       </c>
       <c r="J37" s="6">
-        <v>7</v>
+        <v>38</v>
       </c>
       <c r="K37" s="5"/>
       <c r="L37" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M37" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N37" s="6">
         <v>0</v>
       </c>
       <c r="O37" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" s="5">
         <v>36</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>57</v>
       </c>
       <c r="C38" s="5"/>
       <c r="D38" s="5"/>
       <c r="E38" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F38" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G38" s="6"/>
       <c r="H38" s="6">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="I38" s="6">
         <v>0</v>
       </c>
       <c r="J38" s="6">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="K38" s="5"/>
       <c r="L38" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M38" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N38" s="6">
         <v>0</v>
       </c>
       <c r="O38" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39" s="5">
         <v>37</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>58</v>
       </c>
       <c r="C39" s="5"/>
       <c r="D39" s="5"/>
       <c r="E39" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F39" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G39" s="6"/>
       <c r="H39" s="6">
-        <v>0.4</v>
+        <v>0.5</v>
       </c>
       <c r="I39" s="6">
         <v>0</v>
       </c>
       <c r="J39" s="6">
-        <v>0.16</v>
+        <v>0.5</v>
       </c>
       <c r="K39" s="5"/>
       <c r="L39" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M39" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N39" s="6">
         <v>0</v>
       </c>
       <c r="O39" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" s="5">
         <v>38</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>59</v>
       </c>
       <c r="C40" s="5"/>
       <c r="D40" s="5"/>
       <c r="E40" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F40" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G40" s="6"/>
       <c r="H40" s="6">
-        <v>2.8</v>
+        <v>2</v>
       </c>
       <c r="I40" s="6">
         <v>0</v>
       </c>
       <c r="J40" s="6">
-        <v>2.8</v>
+        <v>2</v>
       </c>
       <c r="K40" s="5"/>
       <c r="L40" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M40" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N40" s="6">
         <v>0</v>
       </c>
       <c r="O40" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41" s="5">
         <v>39</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>60</v>
       </c>
       <c r="C41" s="5"/>
       <c r="D41" s="5"/>
       <c r="E41" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F41" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G41" s="6"/>
       <c r="H41" s="6">
-        <v>1</v>
+        <v>0.4</v>
       </c>
       <c r="I41" s="6">
         <v>0</v>
       </c>
       <c r="J41" s="6">
-        <v>1</v>
+        <v>0.16</v>
       </c>
       <c r="K41" s="5"/>
       <c r="L41" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M41" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N41" s="6">
         <v>0</v>
       </c>
       <c r="O41" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42" s="5">
         <v>40</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>61</v>
       </c>
       <c r="C42" s="5"/>
       <c r="D42" s="5"/>
       <c r="E42" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F42" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G42" s="6"/>
       <c r="H42" s="6">
         <v>3</v>
       </c>
       <c r="I42" s="6">
         <v>0</v>
       </c>
       <c r="J42" s="6">
         <v>3</v>
       </c>
       <c r="K42" s="5"/>
       <c r="L42" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M42" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N42" s="6">
         <v>0</v>
       </c>
       <c r="O42" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" s="5">
         <v>41</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>62</v>
       </c>
       <c r="C43" s="5"/>
       <c r="D43" s="5"/>
       <c r="E43" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F43" s="5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G43" s="6"/>
       <c r="H43" s="6">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I43" s="6">
         <v>0</v>
       </c>
       <c r="J43" s="6">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="K43" s="5"/>
       <c r="L43" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M43" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N43" s="6">
         <v>0</v>
       </c>
       <c r="O43" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="G44" s="3"/>
       <c r="H44" s="3"/>
       <c r="I44" s="3"/>
       <c r="J44" s="3"/>
       <c r="M44" s="2"/>
       <c r="N44" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>